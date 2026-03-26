--- v0 (2025-12-17)
+++ v1 (2026-03-26)
@@ -68,162 +68,110 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AD61B7" w:rsidRPr="00715A8D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>RISORSE PROFESSIONALI</w:t>
       </w:r>
       <w:r w:rsidR="00BF0EC8" w:rsidRPr="00715A8D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F98CB61" w14:textId="2E2CAD4F" w:rsidR="00966BC3" w:rsidRPr="00715A8D" w:rsidRDefault="00966BC3"/>
-    <w:p w14:paraId="46D3D034" w14:textId="64553BD6" w:rsidR="004317B5" w:rsidRPr="00DC22D3" w:rsidRDefault="004317B5" w:rsidP="00577BEA">
-[...3 lines deleted...]
-        <w:ind w:left="3969"/>
+    <w:p w14:paraId="2BC871E4" w14:textId="1F0752D0" w:rsidR="006418F9" w:rsidRPr="006418F9" w:rsidRDefault="006418F9" w:rsidP="006418F9">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC22D3">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>All’Assessorato al</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A36E20" w:rsidRPr="00DC22D3">
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006418F9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">lo Sviluppo economico e green </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009B77A9" w:rsidRPr="00DC22D3">
+        <w:t>Direzione Generale Educazione, Scuola, Formazione e Università</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C5FFAF" w14:textId="77777777" w:rsidR="006418F9" w:rsidRPr="006418F9" w:rsidRDefault="006418F9" w:rsidP="006418F9">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>economy, lavoro</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A36E20" w:rsidRPr="00DC22D3">
+      </w:pPr>
+      <w:r w:rsidRPr="006418F9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, formazione e relazioni internazionali</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC22D3">
+        <w:t>Settore Programmazione e Regolazione delle Politiche Educative e Formative</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DEEBDD5" w14:textId="77777777" w:rsidR="006418F9" w:rsidRPr="006418F9" w:rsidRDefault="006418F9" w:rsidP="006418F9">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:ind w:left="3969"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006418F9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...48 lines deleted...]
-        <w:t>40127 Bologna</w:t>
+        <w:t>Viale Aldo Moro, 38 40127 Bologna</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2707B6F2" w14:textId="77777777" w:rsidR="00966BC3" w:rsidRPr="00715A8D" w:rsidRDefault="00966BC3">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F1CC836" w14:textId="77777777" w:rsidR="007B3F68" w:rsidRPr="00715A8D" w:rsidRDefault="007B3F68">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E02178F" w14:textId="77777777" w:rsidR="00966BC3" w:rsidRPr="00715A8D" w:rsidRDefault="00966BC3">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -854,66 +802,79 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00715A8D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Attività connesse alla formazione in Apprendistato</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CACA1A3" w14:textId="77777777" w:rsidR="00577BEA" w:rsidRPr="00715A8D" w:rsidRDefault="00577BEA" w:rsidP="00A36E20">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EF42A1D" w14:textId="51A5EA7E" w:rsidR="00966BC3" w:rsidRPr="00715A8D" w:rsidRDefault="00966BC3" w:rsidP="005A4EED">
+    <w:p w14:paraId="33FE68DC" w14:textId="77777777" w:rsidR="006418F9" w:rsidRDefault="006418F9" w:rsidP="005A4EED">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EF42A1D" w14:textId="2D626D0D" w:rsidR="00966BC3" w:rsidRPr="00715A8D" w:rsidRDefault="00966BC3" w:rsidP="005A4EED">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00715A8D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>DICHIARA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FDC3440" w14:textId="77777777" w:rsidR="005B5AE0" w:rsidRPr="00715A8D" w:rsidRDefault="00AD61B7" w:rsidP="00931345">
       <w:pPr>
         <w:pStyle w:val="PreformattatoHTML"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00715A8D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Le seguenti variazioni relative alle risorse professionali </w:t>
       </w:r>
       <w:r w:rsidR="005B5AE0" w:rsidRPr="00715A8D">
@@ -1747,85 +1708,85 @@
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17751D2E" w14:textId="77777777" w:rsidR="00BC2BA3" w:rsidRPr="00715A8D" w:rsidRDefault="00BC2BA3" w:rsidP="00BC2BA3">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0ECBED34" w14:textId="77777777" w:rsidR="00835F24" w:rsidRPr="00715A8D" w:rsidRDefault="00835F24" w:rsidP="00835F24"/>
     <w:p w14:paraId="7C3418DC" w14:textId="6761D7F5" w:rsidR="00835F24" w:rsidRPr="00715A8D" w:rsidRDefault="003A2AE5" w:rsidP="005324F5">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00715A8D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="005324F5" w:rsidRPr="00715A8D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ichiara altresì:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7810"/>
         <w:gridCol w:w="898"/>
       </w:tblGrid>
       <w:tr w:rsidR="00841AA4" w:rsidRPr="00715A8D" w14:paraId="4E8B1873" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AFAE071" w14:textId="71FDDF29" w:rsidR="006C314B" w:rsidRPr="0036678E" w:rsidRDefault="00841AA4" w:rsidP="006C314B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0036678E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Di </w:t>
             </w:r>
             <w:r w:rsidR="005107B8" w:rsidRPr="0036678E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -1972,80 +1933,78 @@
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23960D5B" w14:textId="013392F9" w:rsidR="00841AA4" w:rsidRPr="00715A8D" w:rsidRDefault="006C314B" w:rsidP="009B77A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00715A8D">
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D85A61" w:rsidRPr="00715A8D" w14:paraId="2CA9871E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18E89A6C" w14:textId="46247674" w:rsidR="006071D9" w:rsidRDefault="005020D8" w:rsidP="00F976BE">
             <w:pPr>
               <w:pStyle w:val="Corpotesto"/>
               <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00715A8D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00224CBE" w:rsidRPr="00715A8D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>e accreditato</w:t>
             </w:r>
@@ -2172,80 +2131,78 @@
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21A7A60D" w14:textId="1209CDE8" w:rsidR="006071D9" w:rsidRPr="00715A8D" w:rsidRDefault="006071D9" w:rsidP="00F976BE">
             <w:pPr>
               <w:pStyle w:val="Corpotesto"/>
               <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="379A11CC" w14:textId="4F586EBB" w:rsidR="00D85A61" w:rsidRPr="00715A8D" w:rsidRDefault="005321C1" w:rsidP="009B77A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00715A8D">
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F976BE" w:rsidRPr="00715A8D" w14:paraId="71450FD6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D4D2536" w14:textId="2A09B906" w:rsidR="006071D9" w:rsidRDefault="00F976BE" w:rsidP="00B658D6">
             <w:pPr>
               <w:pStyle w:val="Corpotesto"/>
               <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00715A8D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Se </w:t>
             </w:r>
             <w:r w:rsidR="006071D9">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">non </w:t>
             </w:r>
@@ -2505,80 +2462,78 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>o, se Organismo appartenente all’area 1. Cultura/Spettacolo,</w:t>
             </w:r>
             <w:r w:rsidR="00F13862" w:rsidRPr="00F13862">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> che l’incidenza del costo del personale dipendente non è inferiore al 7% del volume di attività di produzione artistica/promozione della cultura cinematografica e audiovisiva.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01DC08AA" w14:textId="5D76C014" w:rsidR="00F976BE" w:rsidRPr="00715A8D" w:rsidRDefault="006C314B" w:rsidP="006C314B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00715A8D">
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC22D3" w:rsidRPr="00715A8D" w14:paraId="6ACAE0FB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20C1DD69" w14:textId="4AF6D7F5" w:rsidR="00DC22D3" w:rsidRPr="00DC22D3" w:rsidRDefault="00DC22D3" w:rsidP="00DC22D3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="num" w:pos="432"/>
               </w:tabs>
               <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="1A1A1A"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1A1A1A"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Di aver preso visione dell’i</w:t>
             </w:r>
             <w:r w:rsidRPr="00715A8D">
@@ -2611,51 +2566,50 @@
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>modulo.</w:t>
             </w:r>
             <w:r w:rsidR="00AA2E66">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1A1A1A"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4857C91B" w14:textId="082656CB" w:rsidR="00DC22D3" w:rsidRPr="00715A8D" w:rsidRDefault="00DC22D3" w:rsidP="006C314B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00715A8D">
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6AA935CF" w14:textId="77777777" w:rsidR="00187D14" w:rsidRPr="00715A8D" w:rsidRDefault="00187D14" w:rsidP="00112C45">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:rPr>
@@ -7262,65 +7216,65 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0064010E" w:rsidRPr="00715A8D" w:rsidSect="007054A5">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="907" w:right="1469" w:bottom="851" w:left="1701" w:header="425" w:footer="227" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="600" w:charSpace="40960"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="101F5D22" w14:textId="77777777" w:rsidR="00CB514F" w:rsidRDefault="00CB514F">
+    <w:p w14:paraId="4249ACC7" w14:textId="77777777" w:rsidR="00946E76" w:rsidRDefault="00946E76">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4722A54B" w14:textId="77777777" w:rsidR="00CB514F" w:rsidRDefault="00CB514F">
+    <w:p w14:paraId="11DD024D" w14:textId="77777777" w:rsidR="00946E76" w:rsidRDefault="00946E76">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0E14131E" w14:textId="77777777" w:rsidR="00CB514F" w:rsidRDefault="00CB514F"/>
+    <w:p w14:paraId="3BC6DF45" w14:textId="77777777" w:rsidR="00946E76" w:rsidRDefault="00946E76"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -7461,65 +7415,65 @@
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="71F041F3" w14:textId="77777777" w:rsidR="006E54D3" w:rsidRDefault="006E54D3">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="12381C5A" w14:textId="77777777" w:rsidR="00B44176" w:rsidRDefault="00B44176">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FA08730" w14:textId="77777777" w:rsidR="00CB514F" w:rsidRDefault="00CB514F">
+    <w:p w14:paraId="072F392C" w14:textId="77777777" w:rsidR="00946E76" w:rsidRDefault="00946E76">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="666CBBE3" w14:textId="77777777" w:rsidR="00CB514F" w:rsidRDefault="00CB514F">
+    <w:p w14:paraId="58096DEA" w14:textId="77777777" w:rsidR="00946E76" w:rsidRDefault="00946E76">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2755B171" w14:textId="77777777" w:rsidR="00CB514F" w:rsidRDefault="00CB514F"/>
+    <w:p w14:paraId="032D8B1B" w14:textId="77777777" w:rsidR="00946E76" w:rsidRDefault="00946E76"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7ACAF511" w14:textId="77777777" w:rsidR="00B44176" w:rsidRDefault="00B44176">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="50038D54" w14:textId="623D3375" w:rsidR="006E54D3" w:rsidRDefault="006E54D3" w:rsidP="008B16B5">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4819"/>
         <w:tab w:val="clear" w:pos="9638"/>
         <w:tab w:val="left" w:pos="7380"/>
         <w:tab w:val="left" w:pos="7740"/>
         <w:tab w:val="left" w:pos="8460"/>
@@ -7695,51 +7649,51 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1049" type="#_x0000_t75" alt="Forma" style="width:17.4pt;height:15.6pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Forma" style="width:17.6pt;height:15.9pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="Forma"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Titolo1"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
@@ -10578,51 +10532,51 @@
   </w:num>
   <w:num w:numId="13" w16cid:durableId="997227259">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="187255901">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1256474537">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="307704880">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="189881822">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1375154667">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="18"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:defaultTableStyle w:val="Normale"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
@@ -10832,78 +10786,80 @@
     <w:rsid w:val="005B68B1"/>
     <w:rsid w:val="005B7A79"/>
     <w:rsid w:val="005D1509"/>
     <w:rsid w:val="005D2EDC"/>
     <w:rsid w:val="005D51CA"/>
     <w:rsid w:val="005E107A"/>
     <w:rsid w:val="005E5DBE"/>
     <w:rsid w:val="005F0A12"/>
     <w:rsid w:val="005F2FE5"/>
     <w:rsid w:val="005F4DA8"/>
     <w:rsid w:val="005F55F6"/>
     <w:rsid w:val="005F7CAD"/>
     <w:rsid w:val="00601903"/>
     <w:rsid w:val="006071D9"/>
     <w:rsid w:val="00611433"/>
     <w:rsid w:val="00624BEF"/>
     <w:rsid w:val="0062545E"/>
     <w:rsid w:val="00627098"/>
     <w:rsid w:val="006313BD"/>
     <w:rsid w:val="0063507E"/>
     <w:rsid w:val="00637C37"/>
     <w:rsid w:val="00637D23"/>
     <w:rsid w:val="00637DCA"/>
     <w:rsid w:val="0064010E"/>
     <w:rsid w:val="00640FE0"/>
+    <w:rsid w:val="006418F9"/>
     <w:rsid w:val="006446A0"/>
     <w:rsid w:val="006464CA"/>
     <w:rsid w:val="00653090"/>
     <w:rsid w:val="00660313"/>
     <w:rsid w:val="00662F90"/>
     <w:rsid w:val="00663C0B"/>
     <w:rsid w:val="00673D10"/>
     <w:rsid w:val="0067566D"/>
     <w:rsid w:val="006760D3"/>
     <w:rsid w:val="006806BB"/>
     <w:rsid w:val="00682A0E"/>
     <w:rsid w:val="006A33C7"/>
     <w:rsid w:val="006A748C"/>
     <w:rsid w:val="006C314B"/>
     <w:rsid w:val="006D1229"/>
     <w:rsid w:val="006D13DB"/>
     <w:rsid w:val="006D161F"/>
     <w:rsid w:val="006D5A40"/>
     <w:rsid w:val="006D66A8"/>
     <w:rsid w:val="006E54D3"/>
     <w:rsid w:val="006E5DE0"/>
     <w:rsid w:val="006E7AE9"/>
     <w:rsid w:val="006F21B6"/>
     <w:rsid w:val="00701AE7"/>
     <w:rsid w:val="00704E64"/>
     <w:rsid w:val="007054A5"/>
     <w:rsid w:val="00706156"/>
     <w:rsid w:val="007132B8"/>
+    <w:rsid w:val="00713C4A"/>
     <w:rsid w:val="0071402E"/>
     <w:rsid w:val="00715A8D"/>
     <w:rsid w:val="007267AD"/>
     <w:rsid w:val="00730AE3"/>
     <w:rsid w:val="007424FC"/>
     <w:rsid w:val="00747B77"/>
     <w:rsid w:val="00764A4E"/>
     <w:rsid w:val="00765DA9"/>
     <w:rsid w:val="007766AE"/>
     <w:rsid w:val="0077711C"/>
     <w:rsid w:val="00777232"/>
     <w:rsid w:val="00780BD5"/>
     <w:rsid w:val="00784C97"/>
     <w:rsid w:val="00784ECE"/>
     <w:rsid w:val="00786DAE"/>
     <w:rsid w:val="00790BE6"/>
     <w:rsid w:val="00791FE9"/>
     <w:rsid w:val="00792989"/>
     <w:rsid w:val="007A08C8"/>
     <w:rsid w:val="007A32F9"/>
     <w:rsid w:val="007B3F68"/>
     <w:rsid w:val="007B5E65"/>
     <w:rsid w:val="007C762D"/>
     <w:rsid w:val="007C7A10"/>
     <w:rsid w:val="007D496E"/>
@@ -10928,50 +10884,51 @@
     <w:rsid w:val="00876CDB"/>
     <w:rsid w:val="00877A09"/>
     <w:rsid w:val="008812A9"/>
     <w:rsid w:val="008840ED"/>
     <w:rsid w:val="0089616E"/>
     <w:rsid w:val="008B16B5"/>
     <w:rsid w:val="008B43BA"/>
     <w:rsid w:val="008B492C"/>
     <w:rsid w:val="008C18F5"/>
     <w:rsid w:val="008C67D1"/>
     <w:rsid w:val="008D6578"/>
     <w:rsid w:val="008D6C50"/>
     <w:rsid w:val="008E4407"/>
     <w:rsid w:val="008E4CBC"/>
     <w:rsid w:val="008F64F2"/>
     <w:rsid w:val="0090630F"/>
     <w:rsid w:val="00913558"/>
     <w:rsid w:val="00922153"/>
     <w:rsid w:val="00923786"/>
     <w:rsid w:val="00931345"/>
     <w:rsid w:val="0093167E"/>
     <w:rsid w:val="00934112"/>
     <w:rsid w:val="00937554"/>
     <w:rsid w:val="009432B8"/>
     <w:rsid w:val="00946421"/>
+    <w:rsid w:val="00946E76"/>
     <w:rsid w:val="00953283"/>
     <w:rsid w:val="00954002"/>
     <w:rsid w:val="0095443C"/>
     <w:rsid w:val="00955639"/>
     <w:rsid w:val="00964F19"/>
     <w:rsid w:val="00966BAC"/>
     <w:rsid w:val="00966BC3"/>
     <w:rsid w:val="009817D4"/>
     <w:rsid w:val="0098427E"/>
     <w:rsid w:val="00985291"/>
     <w:rsid w:val="009924A1"/>
     <w:rsid w:val="0099708F"/>
     <w:rsid w:val="009974F3"/>
     <w:rsid w:val="009A3F24"/>
     <w:rsid w:val="009B2010"/>
     <w:rsid w:val="009B77A9"/>
     <w:rsid w:val="009C3AD8"/>
     <w:rsid w:val="009D77C7"/>
     <w:rsid w:val="009E4784"/>
     <w:rsid w:val="009E49BA"/>
     <w:rsid w:val="009F12B5"/>
     <w:rsid w:val="009F1E0B"/>
     <w:rsid w:val="00A00F95"/>
     <w:rsid w:val="00A077B1"/>
     <w:rsid w:val="00A15370"/>
@@ -11158,51 +11115,51 @@
     <w:rsid w:val="00FD68E4"/>
     <w:rsid w:val="00FE44F7"/>
     <w:rsid w:val="00FE5170"/>
     <w:rsid w:val="00FE531E"/>
     <w:rsid w:val="00FE7553"/>
     <w:rsid w:val="00FF1E82"/>
     <w:rsid w:val="100C0056"/>
     <w:rsid w:val="2C889B80"/>
     <w:rsid w:val="4E6A6399"/>
     <w:rsid w:val="70D164D6"/>
     <w:rsid w:val="7F577AC7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="it-IT"/>
+  <w:themeFontLang w:val="it-IT" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6B391E32"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A4BA4A8A-4FDB-4680-8496-F306FF80515C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
@@ -11769,51 +11726,50 @@
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="4" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="4" w:color="000000"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="333399"/>
       <w:sz w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z0">
     <w:name w:val="WW8Num1z0"/>
@@ -13886,71 +13842,67 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="4c3236c6-95d2-4d17-be8d-585712637b94" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100A54B69D3E5733446B0FAE3C81CC1AA29" ma:contentTypeVersion="18" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="4bc1cb3ec8f7af80d56d925c100f6fbd">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="0eda4f44-c574-4c28-adc0-f041ccbed4ff" xmlns:ns4="4c3236c6-95d2-4d17-be8d-585712637b94" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="15834d9ddb10b84f609e843a4a1991c1" ns3:_="" ns4:_="">
     <xsd:import namespace="0eda4f44-c574-4c28-adc0-f041ccbed4ff"/>
     <xsd:import namespace="4c3236c6-95d2-4d17-be8d-585712637b94"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:_activity" minOccurs="0"/>
@@ -14159,110 +14111,114 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34A770D3-091F-496D-9EE3-C56E0438E3B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4c3236c6-95d2-4d17-be8d-585712637b94"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4B7357B-0737-420B-AC17-197D556CC3C2}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FF5DBBA-14FA-45F1-9C07-94E8645DF603}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D53A1891-F327-409F-9A11-7985A478B919}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0eda4f44-c574-4c28-adc0-f041ccbed4ff"/>
     <ds:schemaRef ds:uri="4c3236c6-95d2-4d17-be8d-585712637b94"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4B7357B-0737-420B-AC17-197D556CC3C2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2279</Words>
-  <Characters>12993</Characters>
+  <Words>2272</Words>
+  <Characters>12951</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>108</Lines>
+  <Lines>107</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Regione Emilia-Romagna</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15242</CharactersWithSpaces>
+  <CharactersWithSpaces>15193</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Viste le deliberazioni della Giunta regionale:</dc:title>
   <dc:subject/>
   <dc:creator>Gubellini_l</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A54B69D3E5733446B0FAE3C81CC1AA29</vt:lpwstr>
   </property>