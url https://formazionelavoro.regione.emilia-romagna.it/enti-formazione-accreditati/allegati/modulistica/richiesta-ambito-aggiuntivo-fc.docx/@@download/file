--- v0 (2025-12-17)
+++ v1 (2026-03-26)
@@ -9,51 +9,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w14:paraId="6766437A" w14:textId="63E7310A" w:rsidR="00C014E8" w:rsidRPr="00765DA9" w:rsidRDefault="00966BC3">
       <w:pPr>
         <w:pStyle w:val="Corpodeltesto32"/>
         <w:pageBreakBefore/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4500"/>
         </w:tabs>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00765DA9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -323,128 +323,104 @@
                     <w:p w14:paraId="30592309" w14:textId="77777777" w:rsidR="006E54D3" w:rsidRDefault="006E54D3">
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>(ai sensi del DPR</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>642/1972)</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46D3D034" w14:textId="64553BD6" w:rsidR="004317B5" w:rsidRPr="007B3F68" w:rsidRDefault="004317B5" w:rsidP="008868D9">
+    <w:p w14:paraId="46D3D034" w14:textId="3A858F96" w:rsidR="004317B5" w:rsidRPr="007B3F68" w:rsidRDefault="00FF4966" w:rsidP="008868D9">
       <w:pPr>
         <w:pStyle w:val="Rientrocorpodeltesto31"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="3828"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B3F68">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>All’Assessorato al</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A36E20" w:rsidRPr="007B3F68">
+        <w:t>Direzione Generale Educazione, Scuola, Formazione e Università</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35DA167F" w14:textId="42FCB853" w:rsidR="004317B5" w:rsidRPr="007B3F68" w:rsidRDefault="004317B5" w:rsidP="008868D9">
+      <w:pPr>
+        <w:pStyle w:val="Rientrocorpodeltesto31"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="3828"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">lo Sviluppo economico e green </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009B77A9" w:rsidRPr="007B3F68">
+      </w:pPr>
+      <w:r w:rsidRPr="007B3F68">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>economy, lavoro</w:t>
+        <w:t>Se</w:t>
       </w:r>
       <w:r w:rsidR="00A36E20" w:rsidRPr="007B3F68">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, formazione e relazioni internazionali</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007B3F68">
+        <w:t xml:space="preserve">ttore </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF4966">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-        <w:t>ttore Affari generali e giuridici, Strumenti finanziari Regolazione, Accreditamenti</w:t>
+        <w:t>Programmazione e Regolazione delle Politiche Educative e Formative</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63282833" w14:textId="3B5A7840" w:rsidR="004317B5" w:rsidRPr="007B3F68" w:rsidRDefault="004317B5" w:rsidP="008868D9">
       <w:pPr>
         <w:ind w:left="3828"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B3F68">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Viale Aldo Moro, 38</w:t>
       </w:r>
       <w:r w:rsidR="007F1483">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007B3F68">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -1848,51 +1824,50 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7810"/>
         <w:gridCol w:w="898"/>
       </w:tblGrid>
       <w:tr w:rsidR="00966BC3" w14:paraId="61DC9A7B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AE9D9CB" w14:textId="4D51FD00" w:rsidR="00F23B51" w:rsidRPr="009B77A9" w:rsidRDefault="009B77A9" w:rsidP="00F23B51">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
               </w:tabs>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="498" w:hanging="283"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B77A9">
               <w:rPr>
@@ -2006,76 +1981,74 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="3AA491C0" w14:textId="46B4CBA6" w:rsidR="00012F45" w:rsidRPr="00074583" w:rsidRDefault="00012F45" w:rsidP="00F23B51">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56785834" w14:textId="77777777" w:rsidR="00966BC3" w:rsidRDefault="00966BC3">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D85A61" w14:paraId="2CA9871E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DF3B8CE" w14:textId="026B5574" w:rsidR="00FD0AE3" w:rsidRPr="00F23B51" w:rsidRDefault="007B0A34" w:rsidP="00F23B51">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="num" w:pos="498"/>
               </w:tabs>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="498" w:hanging="283"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23B51">
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -2221,162 +2194,158 @@
               <w:t>indicazione della data di aggiornamento della metodologia.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21A7A60D" w14:textId="3F77B360" w:rsidR="00F23B51" w:rsidRDefault="00F23B51" w:rsidP="00506C29">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="379A11CC" w14:textId="4F586EBB" w:rsidR="00D85A61" w:rsidRDefault="005321C1" w:rsidP="009B77A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00966BC3" w14:paraId="7051C064" w14:textId="77777777" w:rsidTr="00506C29">
         <w:trPr>
           <w:trHeight w:val="768"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A107A20" w14:textId="50F1ABBF" w:rsidR="005052BA" w:rsidRPr="005052BA" w:rsidRDefault="002F2E9C" w:rsidP="00F23B51">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="498" w:hanging="283"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk11675238"/>
             <w:r w:rsidRPr="00BE0E60">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidR="00FD0AE3" w:rsidRPr="00BE0E60">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">’utilizzo sistematico e documentato della metodologia, con riferimento alle attività di formazione continua e permanente realizzate </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C763552" w14:textId="4CD9D6FC" w:rsidR="00966BC3" w:rsidRPr="00506C29" w:rsidRDefault="00966BC3" w:rsidP="00506C29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0EB5D24E" w14:textId="77777777" w:rsidR="00D239BE" w:rsidRDefault="00D239BE" w:rsidP="005D7048"/>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="00E90A2C" w14:paraId="7CE95F4D" w14:textId="77777777" w:rsidTr="00786DAE">
         <w:trPr>
           <w:trHeight w:val="2372"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4747F1CD" w14:textId="380DABAA" w:rsidR="0053570D" w:rsidRPr="00DA760F" w:rsidRDefault="00601903" w:rsidP="00F23B51">
             <w:pPr>
               <w:pStyle w:val="Paragrafoelenco"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="498" w:hanging="283"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA760F">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>La presenza</w:t>
             </w:r>
@@ -2839,51 +2808,50 @@
           </w:p>
           <w:p w14:paraId="02F3C0B9" w14:textId="76C31DC4" w:rsidR="005052BA" w:rsidRPr="00AC2B20" w:rsidRDefault="005052BA" w:rsidP="00AC2B20">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C351EBF" w14:textId="2B77720B" w:rsidR="00E90A2C" w:rsidRPr="00AC2B20" w:rsidRDefault="00E90A2C" w:rsidP="00AC2B20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="459ACD21" w14:textId="77777777" w:rsidR="00DB3DA7" w:rsidRPr="00DB3DA7" w:rsidRDefault="00DB3DA7" w:rsidP="00DB3DA7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4357,73 +4325,73 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5146F29F" w14:textId="77777777" w:rsidR="0035132A" w:rsidRDefault="0035132A" w:rsidP="007E64B3">
       <w:pPr>
         <w:ind w:left="4502"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0035132A" w:rsidSect="007054A5">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="907" w:right="1469" w:bottom="851" w:left="1701" w:header="425" w:footer="227" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="600" w:charSpace="40960"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="233B22B2" w14:textId="77777777" w:rsidR="00B466CD" w:rsidRDefault="00B466CD">
+    <w:p w14:paraId="18B3D297" w14:textId="77777777" w:rsidR="003E3D37" w:rsidRDefault="003E3D37">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00CBA162" w14:textId="77777777" w:rsidR="00B466CD" w:rsidRDefault="00B466CD">
+    <w:p w14:paraId="0A25711E" w14:textId="77777777" w:rsidR="003E3D37" w:rsidRDefault="003E3D37">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3C885E84" w14:textId="77777777" w:rsidR="00D40411" w:rsidRDefault="00D40411"/>
+    <w:p w14:paraId="6ABB3EF9" w14:textId="77777777" w:rsidR="003E3D37" w:rsidRDefault="003E3D37"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Schoolbook">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -4479,98 +4447,98 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial, Arial">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="71F041F3" w14:textId="77777777" w:rsidR="006E54D3" w:rsidRDefault="006E54D3">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22B682FE" w14:textId="77777777" w:rsidR="00B466CD" w:rsidRDefault="00B466CD">
+    <w:p w14:paraId="27DB7B99" w14:textId="77777777" w:rsidR="003E3D37" w:rsidRDefault="003E3D37">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0844A1B4" w14:textId="77777777" w:rsidR="00B466CD" w:rsidRDefault="00B466CD">
+    <w:p w14:paraId="60F3FCF7" w14:textId="77777777" w:rsidR="003E3D37" w:rsidRDefault="003E3D37">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4E13D387" w14:textId="77777777" w:rsidR="00D40411" w:rsidRDefault="00D40411"/>
+    <w:p w14:paraId="29D59EC1" w14:textId="77777777" w:rsidR="003E3D37" w:rsidRDefault="003E3D37"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="50038D54" w14:textId="623D3375" w:rsidR="006E54D3" w:rsidRDefault="006E54D3" w:rsidP="008B16B5">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4819"/>
         <w:tab w:val="clear" w:pos="9638"/>
         <w:tab w:val="left" w:pos="7380"/>
         <w:tab w:val="left" w:pos="7740"/>
         <w:tab w:val="left" w:pos="8460"/>
         <w:tab w:val="left" w:pos="8640"/>
         <w:tab w:val="left" w:pos="8820"/>
         <w:tab w:val="left" w:pos="9360"/>
       </w:tabs>
       <w:ind w:right="639"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:color w:val="0000FF"/>
         <w:lang w:eastAsia="it-IT"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="31EA76F4" wp14:editId="338DCEA4">
           <wp:extent cx="1381125" cy="228600"/>
@@ -4698,51 +4666,51 @@
         <w:tab w:val="left" w:pos="9360"/>
       </w:tabs>
       <w:ind w:right="639"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="12929DFB" w14:textId="77777777" w:rsidR="007B3F68" w:rsidRDefault="007B3F68" w:rsidP="008B16B5">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4819"/>
         <w:tab w:val="clear" w:pos="9638"/>
         <w:tab w:val="left" w:pos="7380"/>
         <w:tab w:val="left" w:pos="7740"/>
         <w:tab w:val="left" w:pos="8460"/>
         <w:tab w:val="left" w:pos="8640"/>
         <w:tab w:val="left" w:pos="8820"/>
         <w:tab w:val="left" w:pos="9360"/>
       </w:tabs>
       <w:ind w:right="639"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Titolo1"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Titolo2"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -6040,52 +6008,52 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2101563438">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1496610780">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1741246239">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1728215266">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="35206975">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:defaultTableStyle w:val="Normale"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
@@ -6183,50 +6151,51 @@
     <w:rsid w:val="003267A9"/>
     <w:rsid w:val="00330F8A"/>
     <w:rsid w:val="00340C9D"/>
     <w:rsid w:val="0035132A"/>
     <w:rsid w:val="00352804"/>
     <w:rsid w:val="003632E2"/>
     <w:rsid w:val="0036461C"/>
     <w:rsid w:val="0036598F"/>
     <w:rsid w:val="003741DB"/>
     <w:rsid w:val="00377C8F"/>
     <w:rsid w:val="0038058F"/>
     <w:rsid w:val="00387DF1"/>
     <w:rsid w:val="00392782"/>
     <w:rsid w:val="00392FEB"/>
     <w:rsid w:val="003946E4"/>
     <w:rsid w:val="00394BFE"/>
     <w:rsid w:val="003962A8"/>
     <w:rsid w:val="00396AF0"/>
     <w:rsid w:val="00397D4F"/>
     <w:rsid w:val="003A2D5A"/>
     <w:rsid w:val="003A6975"/>
     <w:rsid w:val="003B686A"/>
     <w:rsid w:val="003D46DE"/>
     <w:rsid w:val="003D6277"/>
     <w:rsid w:val="003E1065"/>
+    <w:rsid w:val="003E3D37"/>
     <w:rsid w:val="003E48BD"/>
     <w:rsid w:val="003E50BF"/>
     <w:rsid w:val="00401DE1"/>
     <w:rsid w:val="0041556B"/>
     <w:rsid w:val="00415E5F"/>
     <w:rsid w:val="0041645F"/>
     <w:rsid w:val="00417712"/>
     <w:rsid w:val="004210D2"/>
     <w:rsid w:val="004317B5"/>
     <w:rsid w:val="00440B54"/>
     <w:rsid w:val="00444C65"/>
     <w:rsid w:val="0044530C"/>
     <w:rsid w:val="00466211"/>
     <w:rsid w:val="0047482B"/>
     <w:rsid w:val="00485341"/>
     <w:rsid w:val="004915A6"/>
     <w:rsid w:val="00492DB8"/>
     <w:rsid w:val="004934F3"/>
     <w:rsid w:val="00495284"/>
     <w:rsid w:val="004A3A5E"/>
     <w:rsid w:val="004B6869"/>
     <w:rsid w:val="004C53AB"/>
     <w:rsid w:val="004D21E9"/>
     <w:rsid w:val="004D31F4"/>
     <w:rsid w:val="004D6470"/>
@@ -6442,123 +6411,125 @@
     <w:rsid w:val="00D80482"/>
     <w:rsid w:val="00D85A61"/>
     <w:rsid w:val="00D927DF"/>
     <w:rsid w:val="00D940D5"/>
     <w:rsid w:val="00DA760F"/>
     <w:rsid w:val="00DB3DA7"/>
     <w:rsid w:val="00DB4F37"/>
     <w:rsid w:val="00DD1C04"/>
     <w:rsid w:val="00DD2331"/>
     <w:rsid w:val="00DE17EC"/>
     <w:rsid w:val="00DE5966"/>
     <w:rsid w:val="00DE68C3"/>
     <w:rsid w:val="00DF545B"/>
     <w:rsid w:val="00DF5CF6"/>
     <w:rsid w:val="00E001C6"/>
     <w:rsid w:val="00E105F4"/>
     <w:rsid w:val="00E47D8E"/>
     <w:rsid w:val="00E60E81"/>
     <w:rsid w:val="00E70E2F"/>
     <w:rsid w:val="00E7113D"/>
     <w:rsid w:val="00E75DEE"/>
     <w:rsid w:val="00E8605D"/>
     <w:rsid w:val="00E90A2C"/>
     <w:rsid w:val="00EA0C29"/>
     <w:rsid w:val="00EA11B4"/>
+    <w:rsid w:val="00EA4790"/>
     <w:rsid w:val="00EA4D7B"/>
     <w:rsid w:val="00EA5662"/>
     <w:rsid w:val="00EA73EE"/>
     <w:rsid w:val="00EA7ED7"/>
     <w:rsid w:val="00EB19FA"/>
     <w:rsid w:val="00EB64CF"/>
     <w:rsid w:val="00EB7836"/>
     <w:rsid w:val="00EC6C67"/>
     <w:rsid w:val="00EE1342"/>
     <w:rsid w:val="00EE1A06"/>
     <w:rsid w:val="00EF66EC"/>
     <w:rsid w:val="00F02090"/>
     <w:rsid w:val="00F062AF"/>
     <w:rsid w:val="00F136A3"/>
     <w:rsid w:val="00F145D6"/>
     <w:rsid w:val="00F16C0D"/>
     <w:rsid w:val="00F222E8"/>
     <w:rsid w:val="00F23B51"/>
     <w:rsid w:val="00F308D4"/>
     <w:rsid w:val="00F35656"/>
     <w:rsid w:val="00F3592D"/>
     <w:rsid w:val="00F426B3"/>
     <w:rsid w:val="00F5593B"/>
     <w:rsid w:val="00F7176E"/>
     <w:rsid w:val="00F739EF"/>
     <w:rsid w:val="00F74C8C"/>
     <w:rsid w:val="00F7542B"/>
     <w:rsid w:val="00F847C9"/>
     <w:rsid w:val="00F90497"/>
     <w:rsid w:val="00F9680F"/>
     <w:rsid w:val="00FA0DA2"/>
     <w:rsid w:val="00FA34C1"/>
     <w:rsid w:val="00FA475F"/>
     <w:rsid w:val="00FB1D10"/>
     <w:rsid w:val="00FB4D56"/>
     <w:rsid w:val="00FD0AE3"/>
     <w:rsid w:val="00FD0F36"/>
     <w:rsid w:val="00FE44F7"/>
     <w:rsid w:val="00FE531E"/>
     <w:rsid w:val="00FE7553"/>
+    <w:rsid w:val="00FF4966"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="it-IT"/>
+  <w:themeFontLang w:val="it-IT" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6B391E32"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A4BA4A8A-4FDB-4680-8496-F306FF80515C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8522,51 +8493,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RientrocorpodeltestoCarattere">
     <w:name w:val="Rientro corpo del testo Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Rientrocorpodeltesto"/>
     <w:rsid w:val="00CA1A73"/>
     <w:rPr>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titolo3Carattere">
     <w:name w:val="Titolo 3 Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Titolo3"/>
     <w:rsid w:val="0035132A"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="47802065">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="70392131">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9007,50 +8978,65 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_bpm_ErroreId xmlns="b0148d70-ddba-4fc7-a9a6-74fcb1890c83" xsi:nil="true"/>
+    <_bpm_OperazioneId xmlns="b0148d70-ddba-4fc7-a9a6-74fcb1890c83" xsi:nil="true"/>
+    <_bpm_StatoId xmlns="b0148d70-ddba-4fc7-a9a6-74fcb1890c83" xsi:nil="true"/>
+    <_bpm_Sintesi xmlns="b0148d70-ddba-4fc7-a9a6-74fcb1890c83" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100CF88CE8835C48C4083D038DFA895B6FC" ma:contentTypeVersion="7" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="e013176e7947e821f1ebc0fa27466173">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b0148d70-ddba-4fc7-a9a6-74fcb1890c83" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="657668612f805c6a17bb5a34b7fc203c" ns2:_="">
     <xsd:import namespace="b0148d70-ddba-4fc7-a9a6-74fcb1890c83"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_bpm_StatoId" minOccurs="0"/>
                 <xsd:element ref="ns2:_bpm_OperazioneId" minOccurs="0"/>
                 <xsd:element ref="ns2:_bpm_ErroreId" minOccurs="0"/>
                 <xsd:element ref="ns2:_bpm_Sintesi" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b0148d70-ddba-4fc7-a9a6-74fcb1890c83" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -9162,148 +9148,133 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34A770D3-091F-496D-9EE3-C56E0438E3B7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b0148d70-ddba-4fc7-a9a6-74fcb1890c83"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4B7357B-0737-420B-AC17-197D556CC3C2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E123BF0D-9041-4202-AE85-2D52F1E26553}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b0148d70-ddba-4fc7-a9a6-74fcb1890c83"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FF5DBBA-14FA-45F1-9C07-94E8645DF603}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1443</Words>
-  <Characters>8228</Characters>
+  <Words>1435</Words>
+  <Characters>8184</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>68</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Viste le deliberazioni della Giunta regionale:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Regione Emilia-Romagna</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9652</CharactersWithSpaces>
+  <CharactersWithSpaces>9600</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Viste le deliberazioni della Giunta regionale:</dc:title>
   <dc:subject/>
   <dc:creator>Gubellini_l</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CF88CE8835C48C4083D038DFA895B6FC</vt:lpwstr>
   </property>